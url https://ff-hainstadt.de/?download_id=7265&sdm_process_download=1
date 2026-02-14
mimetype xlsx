--- v0 (2025-10-19)
+++ v1 (2026-02-14)
@@ -1,83 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Timo Schadt\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TobiasHallstein\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BD9BC43-4ED7-46FA-8BBD-C763FB35D58F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94661F87-D1A5-4D34-A0BD-281E10F5F891}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="25200" windowHeight="13050" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kids" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Kids!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <extLst>
-[...11 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="110">
   <si>
     <t>Wochentag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Uhrzeit</t>
   </si>
   <si>
     <t>Thema</t>
   </si>
   <si>
     <t>Ferien</t>
   </si>
   <si>
     <t>Tannenbaumsammlung</t>
   </si>
   <si>
     <t>Samstag</t>
   </si>
   <si>
     <t>Montag</t>
   </si>
   <si>
@@ -86,309 +73,417 @@
   <si>
     <t>Pfingstmontag</t>
   </si>
   <si>
     <t>Sommerferien</t>
   </si>
   <si>
     <t>Herbstferien</t>
   </si>
   <si>
     <t>Weihnachtsferien</t>
   </si>
   <si>
     <t>Sport</t>
   </si>
   <si>
     <t>Sonntag</t>
   </si>
   <si>
     <t>Tag der offenen Tür</t>
   </si>
   <si>
     <t>Änderungen Vorbehalten!</t>
   </si>
   <si>
-    <t>Falls ihr mal nicht zur Jugendstunde kommen könnt,</t>
-[...7 lines deleted...]
-  <si>
     <t>Rosenmontag</t>
   </si>
   <si>
     <t>Funken</t>
   </si>
   <si>
-    <t>Weihnachtsfeier</t>
-[...4 lines deleted...]
-  <si>
     <t>Fahrradtour</t>
   </si>
   <si>
     <t>Erste Hilfe</t>
   </si>
   <si>
-    <t>Personensuche</t>
-[...1 lines deleted...]
-  <si>
     <t>Offenes Gewässer</t>
   </si>
   <si>
     <t>Heben, Ziehen, Drücken</t>
   </si>
   <si>
     <t>Kastanienfest</t>
   </si>
   <si>
     <t>Jahreshauptversammlung</t>
   </si>
   <si>
-    <t>Knoten und Stiche</t>
-[...1 lines deleted...]
-  <si>
     <t>FwDv3 - Einheiten im Löscheinsatz</t>
   </si>
   <si>
-    <t>Sollte es Coronabedingt nicht möglich sein wird dies kurzfristig mitgeteilt.</t>
-[...7 lines deleted...]
-  <si>
     <t>Freier Tag nach Kastanienfest</t>
   </si>
   <si>
-    <t>Menschenrettung</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve">Fahrzeug und Gerätekunde </t>
   </si>
   <si>
-    <t>Jahresanfangsbesprechung (Kleiderappell)</t>
-[...1 lines deleted...]
-  <si>
     <t>Brennen und Löschen</t>
   </si>
   <si>
-    <t>Vorbereitung Jugendflamme und allgemeine Jugendarbeit</t>
-[...1 lines deleted...]
-  <si>
     <t>Ausflug</t>
   </si>
   <si>
     <t>Kerb</t>
   </si>
   <si>
-    <t>Wasserführende Armaturen und allgemeine Jugendarbeit</t>
-[...1 lines deleted...]
-  <si>
     <t>FwDV 10 - Tragbare Leitern</t>
   </si>
   <si>
-    <t>Freier Tag nach Zeltlager</t>
-[...10 lines deleted...]
-  <si>
     <t>Aktionstag Ostern</t>
   </si>
   <si>
     <t>Dienstag</t>
   </si>
   <si>
-    <t xml:space="preserve">Gemmeinschaftsübung Neustadt </t>
-[...7 lines deleted...]
-  <si>
     <t>Weihnachtsfeier JF Breuberg</t>
   </si>
   <si>
     <t>Jahresabschlussübung JF Breuberg</t>
   </si>
   <si>
-    <t xml:space="preserve">Gemmeinschaftsübung Hainstadt </t>
+    <t>01.01. - 09.01.</t>
+  </si>
+  <si>
+    <t>10.01.</t>
+  </si>
+  <si>
+    <t>16.02.</t>
+  </si>
+  <si>
+    <t>30.03. - 10.04.</t>
+  </si>
+  <si>
+    <t>25.05.</t>
+  </si>
+  <si>
+    <t>29.06. - 07.08.</t>
+  </si>
+  <si>
+    <t>05.10. - 16.10.</t>
+  </si>
+  <si>
+    <t>ab 23.12.</t>
+  </si>
+  <si>
+    <t>12.01.</t>
+  </si>
+  <si>
+    <t>19.01.</t>
+  </si>
+  <si>
+    <t>26.01.</t>
+  </si>
+  <si>
+    <t>02.02.</t>
+  </si>
+  <si>
+    <t>09.02.</t>
+  </si>
+  <si>
+    <t>23.02.</t>
+  </si>
+  <si>
+    <t>02.03.</t>
+  </si>
+  <si>
+    <t>09.03.</t>
+  </si>
+  <si>
+    <t>16.03.</t>
+  </si>
+  <si>
+    <t>Jahresanfangsbesprechung</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">17:30 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>bis 19:30</t>
+      <t>bis 19:45</t>
     </r>
   </si>
   <si>
-    <t>UVV/PSA (Kleiderappel)</t>
+    <t>11.04.</t>
+  </si>
+  <si>
+    <t>23.03.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Besuch Hundestaffel oder THW </t>
+  </si>
+  <si>
+    <t>allgemeine Jugendarbeit</t>
+  </si>
+  <si>
+    <t>13.04.</t>
+  </si>
+  <si>
+    <t>20.04.</t>
+  </si>
+  <si>
+    <t>27.04.</t>
+  </si>
+  <si>
+    <t>25.04.</t>
+  </si>
+  <si>
+    <t>Vorbereitung Jugendflamme</t>
+  </si>
+  <si>
+    <t>Abnahme Jugendflamme</t>
+  </si>
+  <si>
+    <t>11.05.</t>
+  </si>
+  <si>
+    <t>18.05.</t>
+  </si>
+  <si>
+    <t>29. - 31. 05.</t>
+  </si>
+  <si>
+    <t>01.06.</t>
+  </si>
+  <si>
+    <t>08.06.</t>
+  </si>
+  <si>
+    <t>15.06.</t>
+  </si>
+  <si>
+    <t>22.06.</t>
+  </si>
+  <si>
+    <t>08. - 09.05.</t>
+  </si>
+  <si>
+    <t>Tag der Berufsfeuerwehr</t>
+  </si>
+  <si>
+    <t>05.05.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FwDV 3 - Einheiten im Löscheinsatz </t>
+  </si>
+  <si>
+    <t>Kreisjugendfeuerwehrtag Mümling-Grumbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemeinschaftsübung Neustadt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemeinschaftsübung Sandbach </t>
+  </si>
+  <si>
+    <t>Olympiade</t>
+  </si>
+  <si>
+    <t>26. - 28.06.</t>
+  </si>
+  <si>
+    <t>10.08.</t>
+  </si>
+  <si>
+    <t>17.08.</t>
+  </si>
+  <si>
+    <t>24.08.</t>
+  </si>
+  <si>
+    <t>31.08.</t>
+  </si>
+  <si>
+    <t>20.09.</t>
+  </si>
+  <si>
+    <t>05.12.</t>
+  </si>
+  <si>
+    <t>07.12.</t>
+  </si>
+  <si>
+    <t>14.12.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Weihnachtsfeier </t>
+  </si>
+  <si>
+    <t>30.11.</t>
+  </si>
+  <si>
+    <t>23.11.</t>
+  </si>
+  <si>
+    <t>14.09.</t>
+  </si>
+  <si>
+    <t>07.09.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemeinschaftsübung Wald-Amorbach </t>
+  </si>
+  <si>
+    <t>07.11.</t>
+  </si>
+  <si>
+    <t>16.11.</t>
+  </si>
+  <si>
+    <t>09.11.</t>
+  </si>
+  <si>
+    <t>02.11.</t>
+  </si>
+  <si>
+    <t>Kinoabend</t>
+  </si>
+  <si>
+    <t>21.09.</t>
+  </si>
+  <si>
+    <t>28.09.</t>
+  </si>
+  <si>
+    <t>19.10.</t>
+  </si>
+  <si>
+    <t>26.10.</t>
+  </si>
+  <si>
+    <t>Schwimmbad Sandbach</t>
+  </si>
+  <si>
+    <t>UVV und Weihnachtsbäckerei</t>
+  </si>
+  <si>
+    <t>Freier Tag nach Tag der offenen Tür</t>
+  </si>
+  <si>
+    <t>Wasserführende Armaturen und Knoten und Stiche</t>
+  </si>
+  <si>
+    <t>Spieleabend</t>
+  </si>
+  <si>
+    <t>Jahresdienstplan der Jugendfeuerwehr Breuberg-Hainstadt 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
-      </patternFill>
-[...3 lines deleted...]
-        <fgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -396,351 +491,299 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="6" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="20" fontId="5" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="4" fillId="6" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="20" fontId="5" fillId="8" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="4" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="20" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="20" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Akzent1" xfId="3" builtinId="29"/>
+  <cellStyles count="3">
     <cellStyle name="Gut" xfId="1" builtinId="26"/>
     <cellStyle name="Neutral" xfId="2" builtinId="28"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -874,811 +917,811 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:E65"/>
+  <dimension ref="A1:E69"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A44" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:D66"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.7109375" customWidth="1"/>
-    <col min="2" max="2" width="12" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="51.42578125" customWidth="1"/>
+    <col min="4" max="4" width="48.85546875" style="29" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="23.25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E1" s="15"/>
+    <row r="1" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B1" s="37"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="14"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="31" t="s">
+      <c r="D2" s="27" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C3" s="2"/>
-      <c r="D3" s="24" t="s">
+      <c r="D3" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="4">
-        <v>45668</v>
+      <c r="B4" s="4" t="s">
+        <v>37</v>
       </c>
       <c r="C4" s="5">
         <v>0.375</v>
       </c>
-      <c r="D4" s="26" t="s">
+      <c r="D4" s="24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="7">
-        <v>45670</v>
+      <c r="B5" s="7" t="s">
+        <v>44</v>
       </c>
       <c r="C5" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D5" s="27" t="s">
-        <v>49</v>
+      <c r="D5" s="25" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="7">
-        <v>45677</v>
+      <c r="B6" s="7" t="s">
+        <v>45</v>
       </c>
       <c r="C6" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D6" s="27" t="s">
-        <v>34</v>
+      <c r="D6" s="21" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="7">
-        <v>45684</v>
+      <c r="B7" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="C7" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D7" s="23" t="s">
-        <v>21</v>
+      <c r="D7" s="21" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="7">
-        <v>45691</v>
+      <c r="B8" s="7" t="s">
+        <v>47</v>
       </c>
       <c r="C8" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D8" s="27" t="s">
-        <v>13</v>
+      <c r="D8" s="36" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="7">
-        <v>45698</v>
+      <c r="B9" s="7" t="s">
+        <v>48</v>
       </c>
       <c r="C9" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D9" s="23" t="s">
-        <v>31</v>
+      <c r="D9" s="25" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A10" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C10" s="12"/>
       <c r="D10" s="23" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="7">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="B11" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="16">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D11" s="25" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A12" s="12" t="s">
-[...5 lines deleted...]
-      <c r="C12" s="13"/>
+      <c r="A12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="8">
+        <v>0.72916666666666663</v>
+      </c>
       <c r="D12" s="25" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="7">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="B13" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D13" s="25" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="7">
-[...6 lines deleted...]
-        <v>59</v>
+      <c r="B14" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="7">
-        <v>45740</v>
+      <c r="B15" s="7" t="s">
+        <v>56</v>
       </c>
       <c r="C15" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D15" s="27" t="s">
+      <c r="D15" s="13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="11"/>
+      <c r="B16" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="2"/>
+      <c r="D16" s="22" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" s="5"/>
+      <c r="D17" s="24" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" s="16">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D18" s="21" t="s">
         <v>13</v>
-      </c>
-[...34 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B19" s="7">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B19" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D19" s="21" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="6" t="s">
-[...9 lines deleted...]
-        <v>55</v>
+      <c r="A20" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B20" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="5"/>
+      <c r="D20" s="24" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B21" s="7">
-[...4 lines deleted...]
-        <v>28</v>
+      <c r="B21" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="6" t="s">
-[...9 lines deleted...]
-        <v>35</v>
+      <c r="A22" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="19" t="s">
+      <c r="A23" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="B23" s="36">
-[...4 lines deleted...]
-        <v>46</v>
+      <c r="B23" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" s="5"/>
+      <c r="D23" s="24" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B24" s="7">
-        <v>45803</v>
+      <c r="B24" s="7" t="s">
+        <v>65</v>
       </c>
       <c r="C24" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D24" s="29" t="s">
-        <v>32</v>
+      <c r="D24" s="21" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="7">
-        <v>45810</v>
+      <c r="B25" s="7" t="s">
+        <v>66</v>
       </c>
       <c r="C25" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D25" s="29" t="s">
-        <v>24</v>
+      <c r="D25" s="26" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B26" s="11">
-        <v>45817</v>
+      <c r="B26" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="C26" s="2"/>
-      <c r="D26" s="24" t="s">
+      <c r="D26" s="22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="19"/>
-[...5 lines deleted...]
-        <v>29</v>
+      <c r="A27" s="18"/>
+      <c r="B27" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="20"/>
+      <c r="D27" s="24" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="12" t="s">
-[...17 lines deleted...]
-      <c r="C29" s="40" t="s">
+      <c r="A28" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="D29" s="14" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="C28" s="12"/>
+      <c r="D28" s="28" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D29" s="17" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B30" s="7">
-        <v>45831</v>
+      <c r="B30" s="7" t="s">
+        <v>70</v>
       </c>
       <c r="C30" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D30" s="29" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="D30" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B31" s="7">
-        <v>45838</v>
+      <c r="B31" s="7" t="s">
+        <v>71</v>
       </c>
       <c r="C31" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D31" s="29" t="s">
-        <v>51</v>
+      <c r="D31" s="21" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A32" s="19"/>
-[...5 lines deleted...]
-        <v>64</v>
+      <c r="A32" s="3"/>
+      <c r="B32" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" s="3"/>
+      <c r="D32" s="24" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="2"/>
-      <c r="B33" s="11" t="s">
-        <v>40</v>
+      <c r="B33" s="10" t="s">
+        <v>41</v>
       </c>
       <c r="C33" s="2"/>
-      <c r="D33" s="24" t="s">
+      <c r="D33" s="22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A34" s="3"/>
-[...3 lines deleted...]
-      <c r="C34" s="3"/>
+      <c r="A34" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C34" s="16">
+        <v>0.72916666666666663</v>
+      </c>
       <c r="D34" s="26" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A35" s="12" t="s">
-[...7 lines deleted...]
-        <v>56</v>
+      <c r="A35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D35" s="25" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A36" s="16" t="s">
-[...9 lines deleted...]
-        <v>27</v>
+      <c r="A36" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B37" s="7">
-[...6 lines deleted...]
-        <v>53</v>
+      <c r="B37" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="9">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B38" s="7">
-[...9 lines deleted...]
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B38" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D38" s="26" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B39" s="7">
-[...6 lines deleted...]
-        <v>23</v>
+      <c r="B39" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C39" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A40" s="10" t="s">
+      <c r="A40" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B40" s="36">
-[...3 lines deleted...]
-      <c r="D40" s="30" t="s">
+      <c r="B40" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A41" s="6" t="s">
-[...9 lines deleted...]
-        <v>57</v>
+      <c r="A41" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C41" s="12"/>
+      <c r="D41" s="28" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B42" s="7">
-        <v>45929</v>
+      <c r="B42" s="7" t="s">
+        <v>101</v>
       </c>
       <c r="C42" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D42" s="23" t="s">
+      <c r="D42" s="25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="2"/>
-      <c r="B43" s="38" t="s">
-        <v>41</v>
+      <c r="B43" s="31" t="s">
+        <v>42</v>
       </c>
       <c r="C43" s="2"/>
-      <c r="D43" s="24" t="s">
+      <c r="D43" s="22" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B44" s="7">
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="B44" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C44" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D44" s="25" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B45" s="7">
-        <v>45957</v>
+      <c r="B45" s="7" t="s">
+        <v>103</v>
       </c>
       <c r="C45" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D45" s="34" t="s">
-        <v>21</v>
+      <c r="D45" s="25" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A46" s="19" t="s">
+      <c r="A46" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D46" s="25" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="B46" s="20">
-[...18 lines deleted...]
-        <v>13</v>
+      <c r="B47" s="19" t="s">
+        <v>95</v>
+      </c>
+      <c r="C47" s="20"/>
+      <c r="D47" s="33" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B48" s="7">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="B48" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C48" s="9">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D48" s="25" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B49" s="7">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="B49" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C49" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D49" s="21" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B50" s="7">
-        <v>45985</v>
+      <c r="B50" s="7" t="s">
+        <v>91</v>
       </c>
       <c r="C50" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D50" s="23" t="s">
-        <v>37</v>
+      <c r="D50" s="17" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B51" s="7">
-        <v>45992</v>
+      <c r="B51" s="7" t="s">
+        <v>90</v>
       </c>
       <c r="C51" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D51" s="18" t="s">
-        <v>69</v>
+      <c r="D51" s="30" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A52" s="6" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="A52" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B52" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="C52" s="20"/>
+      <c r="D52" s="33" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A53" s="19" t="s">
-[...7 lines deleted...]
-        <v>65</v>
+      <c r="A53" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="8">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D53" s="21" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B54" s="7">
-        <v>46006</v>
+      <c r="B54" s="7" t="s">
+        <v>88</v>
       </c>
       <c r="C54" s="8">
         <v>0.72916666666666663</v>
       </c>
-      <c r="D54" s="23" t="s">
-        <v>22</v>
+      <c r="D54" s="21" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
-      <c r="B55" s="12" t="s">
-        <v>42</v>
+      <c r="B55" s="11" t="s">
+        <v>43</v>
       </c>
       <c r="C55" s="2"/>
-      <c r="D55" s="24" t="s">
+      <c r="D55" s="22" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D56" s="33"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>16</v>
       </c>
-      <c r="D57" s="33"/>
-[...10 lines deleted...]
-      <c r="B60" s="22"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A63" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="D63"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D65"/>
+    </row>
+    <row r="66" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D66"/>
+    </row>
+    <row r="67" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D67"/>
+    </row>
+    <row r="68" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D68"/>
+    </row>
+    <row r="69" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D69"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>